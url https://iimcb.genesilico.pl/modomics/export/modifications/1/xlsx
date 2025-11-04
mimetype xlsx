--- v0 (2025-10-12)
+++ v1 (2025-11-04)
@@ -1020,63 +1020,63 @@
 [O-]P(OCC1OC(C(O)C1CC(NCC2OC(n3c(O)nc(=O)cc3)C(O)C2O)=O)n4c(nc(=O)cc4)O)(=O)[O-]	tautomer #11
 [O-]P(OCC1OC(C(O)C1CC(NCC2OC(n3c(O)nc(=O)cc3)C(O)C2O)=O)n4c(nc(O)cc4)=O)(=O)[O-]	tautomer #12
 [O-]P(OCC1OC(C(O)C1CC(=NCC2OC(n3c(O)nc(=O)cc3)C(O)C2O)O)n4c([nH]c(=O)cc4)=O)(=O)[O-]	tautomer #13
 [O-]P(OCC1OC(C(O)C1CC(=NCC2OC(n3c(=O)[nH]c(=O)cc3)C(O)C2O)O)n4c(nc(=O)cc4)O)(=O)[O-]	tautomer #14
 [O-]P(OCC1OC(C(O)C1CC(=NCC2OC(n3c(=O)[nH]c(=O)cc3)C(O)C2O)O)n4c(nc(O)cc4)=O)(=O)[O-]	tautomer #15
 [O-]P(OCC1OC(C(O)C1CC(NCC2OC(n3c(=O)nc(O)cc3)C(O)C2O)=O)n4c(nc(=O)cc4)O)(=O)[O-]	tautomer #16
 [O-]P(OCC1OC(C(O)C1CC(NCC2OC(n3c(=O)nc(O)cc3)C(O)C2O)=O)n4c(nc(O)cc4)=O)(=O)[O-]	tautomer #17
 [O-]P(OCC1OC(C(O)C1CC(=NCC2OC(n3c(=O)nc(O)cc3)C(O)C2O)O)n4c([nH]c(=O)cc4)=O)(=O)[O-]	tautomer #18
 [O-]P(OCC1OC(C(O)C1C=C(NCC2OC(n3c(O)nc(=O)cc3)C(O)C2O)O)n4c(nc(=O)cc4)O)(=O)[O-]	tautomer #19
 [O-]P(OCC1OC(C(O)C1C=C(NCC2OC(n3c(O)nc(=O)cc3)C(O)C2O)O)n4c(nc(O)cc4)=O)(=O)[O-]	tautomer #20
 [O-]P(OCC1OC(C(O)C1C=C(NCC2OC(n3c(=O)nc(O)cc3)C(O)C2O)O)n4c(nc(=O)cc4)O)(=O)[O-]	tautomer #21
 [O-]P(OCC1OC(C(O)C1C=C(NCC2OC(n3c(=O)nc(O)cc3)C(O)C2O)O)n4c(nc(O)cc4)=O)(=O)[O-]	tautomer #22
 [O-]P(OCC1OC(C(O)C1CC(=NCC2OC(n3c(O)nc(=O)cc3)C(O)C2O)O)n4c(nc(=O)cc4)O)(=O)[O-]	tautomer #23
 [O-]P(OCC1OC(C(O)C1CC(=NCC2OC(n3c(O)nc(=O)cc3)C(O)C2O)O)n4c(nc(O)cc4)=O)(=O)[O-]	tautomer #24
 [O-]P(OCC1OC(C(O)C1CC(=NCC2OC(n3c(=O)nc(O)cc3)C(O)C2O)O)n4c(nc(=O)cc4)O)(=O)[O-]	tautomer #25
 [O-]P(OCC1OC(C(O)C1CC(=NCC2OC(n3c(=O)nc(O)cc3)C(O)C2O)O)n4c(nc(O)cc4)=O)(=O)[O-]	tautomer #26
 </t>
         </is>
       </c>
       <c r="AS3" s="1" t="n">
         <v>45915.70288087027</v>
       </c>
       <c r="AT3" t="inlineStr"/>
       <c r="AU3" t="inlineStr"/>
       <c r="AV3" t="n">
-        <v>45.225695724</v>
+        <v>56.667976867</v>
       </c>
       <c r="AW3" t="n">
-        <v>-2442.98636545388</v>
+        <v>-2444.41082619055</v>
       </c>
       <c r="AX3" t="n">
-        <v>-8.649699999999999</v>
+        <v>-8.5085</v>
       </c>
       <c r="AY3" t="n">
-        <v>-0.1327</v>
+        <v>0.7881</v>
       </c>
       <c r="AZ3" t="n">
-        <v>8.516999999999999</v>
+        <v>9.2966</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="n">
         <v>309</v>
       </c>
       <c r="B4" t="inlineStr">
         <is>
           <t>(1S)-1,4-anhydro-1-(1-methyl-2,4-dioxo-1,2,3,4-tetrahydropyrimidin-5-yl)-5-O-phosphono-D-xylitol</t>
         </is>
       </c>
       <c r="C4" t="inlineStr">
         <is>
           <t>[(2R,3R,4R,5S)-3,4-dihydroxy-5-(1-methyl-2,4-dioxopyrimidin-5-yl)oxolan-2-yl]methyl dihydrogen phosphate</t>
         </is>
       </c>
       <c r="D4" t="inlineStr">
         <is>
           <t>M1Y</t>
         </is>
       </c>
       <c r="E4" t="inlineStr">
         <is>
           <t>nucleotide</t>
         </is>
@@ -9277,51 +9277,51 @@
       </c>
       <c r="AT51" t="inlineStr"/>
       <c r="AU51" t="inlineStr"/>
       <c r="AV51" t="n">
         <v>27.35713516</v>
       </c>
       <c r="AW51" t="n">
         <v>-1556.61292355229</v>
       </c>
       <c r="AX51" t="n">
         <v>-8.5243</v>
       </c>
       <c r="AY51" t="n">
         <v>0.884</v>
       </c>
       <c r="AZ51" t="n">
         <v>9.408300000000001</v>
       </c>
     </row>
     <row r="52">
       <c r="A52" t="n">
         <v>305</v>
       </c>
       <c r="B52" t="inlineStr">
         <is>
-          <t>5-iodo-cytidine-5'-monophosphate</t>
+          <t>5-iodocytidine-5'-monophosphate</t>
         </is>
       </c>
       <c r="C52" t="inlineStr">
         <is>
           <t>[(2R,3S,4R,5R)-4-acetamido-5-(4-amino-2-oxopyrimidin-1-yl)-3-hydroxyoxolan-2-yl]methyl dihydrogen phosphate</t>
         </is>
       </c>
       <c r="D52" t="inlineStr">
         <is>
           <t>5IC</t>
         </is>
       </c>
       <c r="E52" t="inlineStr">
         <is>
           <t>nucleotide</t>
         </is>
       </c>
       <c r="F52" t="inlineStr">
         <is>
           <t>Cytidine</t>
         </is>
       </c>
       <c r="G52" t="inlineStr">
         <is>
           <t>㐮</t>
@@ -9412,63 +9412,63 @@
       </c>
       <c r="AO52" t="inlineStr">
         <is>
           <t>InChI=1S/C9H13IN3O8P/c10-3-1-13(9(16)12-7(3)11)8-6(15)5(14)4(21-8)2-20-22(17,18)19/h1,4-6,8,14-15H,2H2,(H2,11,12,16)(H2,17,18,19)/p-2/t4-,5-,6+,8-/m1/s1</t>
         </is>
       </c>
       <c r="AP52" t="inlineStr">
         <is>
           <t>CIUBKYYOJNFMQN-MNCSTQPFSA-L</t>
         </is>
       </c>
       <c r="AQ52" t="inlineStr">
         <is>
           <t xml:space="preserve">[O-]P(OCC1OC(C(O)C1O)n2cc(I)c(=N)[nH]c2=O)(=O)[O-]	tautomer #0
 [O-]P(OCC1OC(C(O)C1O)n2cc(I)c(N)nc2=O)(=O)[O-]	tautomer #1
 [O-]P(OCC1OC(C(O)C1O)n2cc(I)c(=N)nc2O)(=O)[O-]	tautomer #2
 </t>
         </is>
       </c>
       <c r="AS52" s="1" t="n">
         <v>45915.70290657259</v>
       </c>
       <c r="AT52" t="inlineStr"/>
       <c r="AU52" t="inlineStr"/>
       <c r="AV52" t="n">
-        <v>38.821108989</v>
+        <v>35.736437764</v>
       </c>
       <c r="AW52" t="n">
-        <v>-1754.62242506026</v>
+        <v>-1754.62137800377</v>
       </c>
       <c r="AX52" t="n">
-        <v>-8.5075</v>
+        <v>-8.5082</v>
       </c>
       <c r="AY52" t="n">
-        <v>0.794</v>
+        <v>0.8522</v>
       </c>
       <c r="AZ52" t="n">
-        <v>9.301500000000001</v>
+        <v>9.3604</v>
       </c>
     </row>
     <row r="53">
       <c r="A53" t="n">
         <v>226</v>
       </c>
       <c r="B53" t="inlineStr">
         <is>
           <t>5-iodouridine-5'-monophosphate</t>
         </is>
       </c>
       <c r="C53" t="inlineStr">
         <is>
           <t>disodium;[(2R,3S,4R,5R)-3,4-dihydroxy-5-(5-iodo-2,4-dioxopyrimidin-1-yl)oxolan-2-yl]methyl phosphate</t>
         </is>
       </c>
       <c r="D53" t="inlineStr">
         <is>
           <t>IU</t>
         </is>
       </c>
       <c r="E53" t="inlineStr">
         <is>
           <t>nucleotide</t>
         </is>